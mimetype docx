--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,67 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="04756F4F" w14:textId="77777777" w:rsidR="00782532" w:rsidRPr="002F1277" w:rsidRDefault="00782532" w:rsidP="002D4275">
       <w:pPr>
         <w:pStyle w:val="Bezodstpw"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="7A3DDDA0" w14:textId="5C0E46C6" w:rsidR="004444A4" w:rsidRPr="002F1277" w:rsidRDefault="004444A4" w:rsidP="00782532">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1277">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve">Miejska </w:t>
       </w:r>
       <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -131,51 +128,51 @@
     </w:p>
     <w:p w14:paraId="38DC896F" w14:textId="10247C28" w:rsidR="00782532" w:rsidRPr="002F1277" w:rsidRDefault="00686441" w:rsidP="009052B0">
       <w:r w:rsidRPr="009052B0">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7551E31A" wp14:editId="66FB8531">
             <wp:extent cx="2619375" cy="772633"/>
             <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="3" name="Obraz 3" descr="C:\Users\mediateka\Dropbox\Ula\logo mbp wektor czarne.png" title="Logo MBP"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\mediateka\Dropbox\Ula\logo mbp wektor czarne.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2619375" cy="772633"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -185,51 +182,51 @@
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00BE098F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62BBD216" wp14:editId="1A266A19">
             <wp:extent cx="2362200" cy="1980155"/>
             <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:docPr id="1" name="Obraz 1" descr="C:\Users\mediateka\Downloads\KIK.png" title="Logo BLISKO"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\mediateka\Downloads\KIK.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2364236" cy="1981862"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -283,2469 +280,2462 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Trzebinia, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7192C798" w14:textId="77777777" w:rsidR="00BE098F" w:rsidRDefault="00BE098F" w:rsidP="00957E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2190"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sectPr w:rsidR="00BE098F" w:rsidSect="00CE7D9D">
-          <w:headerReference w:type="even" r:id="rId11"/>
-[...3 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:headerReference w:type="even" r:id="rId10"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1417" w:right="1417" w:bottom="426" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B639358" w14:textId="17389AAE" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00253715">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:spacing w:after="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ZAŁOŻENIA OGÓLNE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3510CB53" w14:textId="5C833CC5" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Regulamin określa zasady organizacji Konkursu na najciekawsze inicjatywy lokalne </w:t>
+      </w:r>
+      <w:r w:rsidR="00957E25" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00957E25" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">charakterze kulturalnym, zgłaszane przez mieszkańców </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gminy Trzebinia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E4E2D5" w14:textId="19DCEDBC" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Organizatorem K</w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onkursu jest Miejska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Biblioteka Publiczna </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">im. Adama Asnyka w Trzebini </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siedzibą przy ul.</w:t>
+      </w:r>
+      <w:r w:rsidR="00957E25" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D4275" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narutowicza 10 - </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ochronkowej 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274C3002" w14:textId="7707105C" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Konkurs jest realizowany w ramach pro</w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jektu „BLISKO – Biblioteka dobra na wszystko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidR="00957E25" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00957E25" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programie BLISKO (2024-2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), dofinansowa</w:t>
+      </w:r>
+      <w:r w:rsidR="00671D5A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nym ze środków Ministra Kultury </w:t>
+      </w:r>
+      <w:r w:rsidR="00671D5A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i Dziedzictwa</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B68" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Narodowego, w ramach realizacji Narodowego Programu Rozwoju Czytelnictwa 2.0 na lata</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B68" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2021-2025, Kierunek interwencji 4.1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77CC83C3" w14:textId="77777777" w:rsidR="00DE339F" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Celem konkursu jest</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE339F" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0E7303" w14:textId="2ABE090D" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DE339F" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zaangażowanie mieszkańców </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>powiatu gminy Trzebinia</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w życie społeczno-kulturalne, w</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6621" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tym w działalność </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Miejskiej Biblioteki Publicznej im. Adama Asnyka w Trzebini</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5F17" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB5A45F" w14:textId="1996101E" w:rsidR="00DE339F" w:rsidRPr="002F1277" w:rsidRDefault="00DE339F" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- integracja lokalnej społeczności wokół działań promujących kulturę w środowisku lokalnym ze szczególnym uwzgl</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5F17" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ędnieniem promocji czytelnictwa,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC52B74" w14:textId="0624FDAD" w:rsidR="00DE339F" w:rsidRPr="002F1277" w:rsidRDefault="00DE339F" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- wzmocnienie roli biblioteki jako „trzeciego miejsca” – czyli przestrzeni do integracji społeczności lokalnej, do spotkań i aktywności czytelniczej oraz wspólnego uczestnictwa </w:t>
+      </w:r>
+      <w:r w:rsidR="00D660CB" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w kulturze.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189D76D9" w14:textId="7538E383" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Zgłoszone do Konkursu inicjatywy powinny być zgodne z założeniami programu BLISKO oraz</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B68" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>spełniać następujące warunki:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE5345A" w14:textId="693A77F0" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00507CDB" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mieć charakter kulturalny i edukacyjny oraz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> promo</w:t>
+      </w:r>
+      <w:r w:rsidR="00507CDB" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wać</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> czytelnictw</w:t>
+      </w:r>
+      <w:r w:rsidR="00507CDB" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o i literaturę</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6621" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53165283" w14:textId="066C15A9" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- wynikać z konkretnych potrzeb mieszkańców </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gminy Trzebinia</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6621" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A684222" w14:textId="3F4BCC71" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00641BFE" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- być realizowane na terenie gminy Trzebinia</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6621" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBDE453" w14:textId="6BB16F85" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- mieć charakter niekomercyjny</w:t>
+      </w:r>
+      <w:r w:rsidR="000454C8" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2100BDD4" w14:textId="2D9BBD8B" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- zaplanowane wydatki muszą być zgodne z wykazem kosztów kwalifikowanych</w:t>
+      </w:r>
+      <w:r w:rsidR="00414384" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stanowiących </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Załącznik</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1671" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nr 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1671" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do niniejszego Regulaminu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30424EAC" w14:textId="4F30A598" w:rsidR="00DB1671" w:rsidRPr="002F1277" w:rsidRDefault="00DB1671" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- inicjatywa musi być nowatorska, czyli nie może stanowić kontynuacji dotychczas realizowanych przedsięwzięć,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BBD7B51" w14:textId="40CA4CEA" w:rsidR="00DB1671" w:rsidRPr="002F1277" w:rsidRDefault="00DB1671" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wnioski nie mogą zakładać kupna środków trwałych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5801CCA9" w14:textId="63ED1A5F" w:rsidR="0038536E" w:rsidRPr="002F1277" w:rsidRDefault="0038536E" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- realizacja inicjatyw musi nastąpić w okresi</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4896">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e od 28</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80EDA" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4896">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E80EDA" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>04. 2025 do 17.10.2025 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347F3B45" w14:textId="2CEDFB02" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Maksymalna kwota dofinansowania jednego wniosku to </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7 0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00 zł brutto, a przewidywany</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2CCF" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">całkowity budżet Konkursu </w:t>
+      </w:r>
+      <w:r w:rsidR="002F4896">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>29 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00816818" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="000963E0" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zł brutto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F044208" w14:textId="3A49F8B8" w:rsidR="000963E0" w:rsidRPr="002F1277" w:rsidRDefault="000963E0" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Organizator w uzasadnionych przypadkach oraz w porozumieniu z wioskodawcami może podjąć decyzję o zmniejszeniu kwoty dotacji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101183F6" w14:textId="6C96F157" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="000963E0" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Przy realizacji inicjatywy lokalnej, </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6621" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wnioskodawcom</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00113244" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ie przekazuje się żadnych środków</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E3B5E0" w14:textId="77777777" w:rsidR="00641BFE" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finansowych, a wszystkie płatności realizowane będą przez </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Miejską Bibliotekę Publiczną </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2530E8" w14:textId="737C0F9A" w:rsidR="004E445E" w:rsidRPr="00253715" w:rsidRDefault="00641BFE" w:rsidP="00253715">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>im. Adama Asnyka w Trzebini</w:t>
+      </w:r>
+      <w:r w:rsidR="00300547" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4979BF80" w14:textId="34EE85BD" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00253715">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>AUTORZY INICJATYWY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB46678" w14:textId="07A6BEE9" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00113244" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wnioskodawcy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>powinni być mieszkańc</w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ami gminy Trzebinia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49CBE2AF" w14:textId="77777777" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Wniosek zawierający pomysł na inicjatywę lokalną mogą składać:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC42C4A" w14:textId="5E753DCC" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- grupy formalne (kluby, fundacje, stowarzyszenia)</w:t>
+      </w:r>
+      <w:r w:rsidR="00113244" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E3EF1E" w14:textId="234EAEC8" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- grupy nieformalne (min. 4 osoby, w tym co najmniej jedna </w:t>
+      </w:r>
+      <w:r w:rsidR="00113244" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">osoba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pełnoletnia</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2F65" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, która jako lider grupy odpowiadała będzie za kwestie organizacyjne i formalne związane z realizacją inicjatywy).</w:t>
+      </w:r>
+      <w:r w:rsidR="001A785A" w:rsidRPr="002F1277">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A785A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Niepełnoletni członkowie grupy muszą dodatkowo dołączyć do wniosku zgodę rodziców lub opiekunów na udział w projekcie (</w:t>
+      </w:r>
+      <w:r w:rsidR="001A785A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Załącznik nr. 3</w:t>
+      </w:r>
+      <w:r w:rsidR="001A785A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681792B8" w14:textId="2D9A8AD0" w:rsidR="00D16650" w:rsidRPr="002F1277" w:rsidRDefault="00113244" w:rsidP="00957E25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D16650" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Wnioskodawc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ami</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16650" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nie mogą być pracownicy Miejskie</w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>j Biblioteki Publicznej im. Adama Asnyka w Trzebini</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16650" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz członkowie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1C89" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ich rodzin, a także partnerzy Biblioteki współpracujący</w:t>
+      </w:r>
+      <w:r w:rsidR="008E785B" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00CD1C89" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w projekcie „BLISKO – Biblioteka dobr</w:t>
+      </w:r>
+      <w:r w:rsidR="00201CAD" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>a na wszystko” (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1C89" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ponieważ ich prze</w:t>
+      </w:r>
+      <w:r w:rsidR="004278DC" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>dstawiciele będą członkami Komisji Konkursowej</w:t>
+      </w:r>
+      <w:r w:rsidR="00201CAD" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008E785B" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D2535E" w14:textId="1A7DCD8D" w:rsidR="00957E25" w:rsidRPr="002F1277" w:rsidRDefault="00113244" w:rsidP="00813D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Jeden wnioskodawca (grupa) może zgłosić tylko jeden wniosek.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33623BA1" w14:textId="236472D8" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00253715">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ZGŁOSZENIA INICJATYWY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F254D1E" w14:textId="494591FD" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00113244" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wnioskodawcy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, przed zgłoszeniem wniosku do konkursu, powinni zapoznać się </w:t>
+      </w:r>
+      <w:r w:rsidR="005068F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z niniejszym</w:t>
+      </w:r>
+      <w:r w:rsidR="005068F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regulaminem,</w:t>
+      </w:r>
+      <w:r w:rsidR="005068F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wydrukować</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005068F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wypełnić formularz zgłoszeniowy (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Załącznik nr 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidR="0045382F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0045382F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">a następnie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dostarczyć do </w:t>
+      </w:r>
+      <w:r w:rsidR="0045382F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Miejskiej </w:t>
+      </w:r>
+      <w:r w:rsidR="00507CDB" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biblioteki Publicznej </w:t>
+      </w:r>
+      <w:r w:rsidR="0045382F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>im. Adama Asnyka</w:t>
+      </w:r>
+      <w:r w:rsidR="005068F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00507CDB" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w </w:t>
+      </w:r>
+      <w:r w:rsidR="005068F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trzebini </w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>– ul. Ochronkowa 7</w:t>
+      </w:r>
+      <w:r w:rsidR="0045382F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00507CDB" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kopercie z napisem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„Wniosek na Inicjatywę Lokalną”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, w nieprzekraczalnym</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terminie</w:t>
+      </w:r>
+      <w:r w:rsidR="00113244" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0045382F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 kwietnia</w:t>
+      </w:r>
+      <w:r w:rsidR="00113244" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00641BFE" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. </w:t>
+      </w:r>
+      <w:r w:rsidR="0045382F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do godziny 19</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C7A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:00. </w:t>
+      </w:r>
+      <w:r w:rsidR="004A53C4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wniosek złożyć należy w strefie dla dorosłych (I piętro).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050C764E" w14:textId="29B4FB1D" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53745">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Do formularza konkursowego należy dołączyć wskazane załączniki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A23524C" w14:textId="724F5100" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. O przyjęciu zgłoszenia decyduje data wpływu wniosku do </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3655" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Miejskiej </w:t>
+      </w:r>
+      <w:r w:rsidR="0028611E" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biblioteki Publicznej </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3655" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">im. Adama Asnyka </w:t>
+      </w:r>
+      <w:r w:rsidR="0028611E" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4CD6" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Trzebini</w:t>
+      </w:r>
+      <w:r w:rsidR="00E86CB9" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – wnioski złożone po terminie nie będą rozpatrywane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4818FDC8" w14:textId="77777777" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Złożenie wniosku nie jest równoznaczne z otrzymaniem dofinansowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4BDCA6" w14:textId="185C8374" w:rsidR="00813D71" w:rsidRDefault="00BD2E47" w:rsidP="00813D71">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Decyzję o otrzymaniu dofinansowania podejmuje Komisja Konkursowa powołana przez Dyrektora </w:t>
+      </w:r>
+      <w:r w:rsidR="003C2FFC" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Miejskiej Biblioteki Publicznej im. Adama Asnyka w Trzebini.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37908" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304C40FF" w14:textId="77777777" w:rsidR="00117F0D" w:rsidRDefault="00117F0D" w:rsidP="00253715">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2190"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="480"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00117F0D" w:rsidSect="00CE7D9D">
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="426" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B639358" w14:textId="17389AAE" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00253715">
-[...961 lines deleted...]
-    <w:p w14:paraId="4979BF80" w14:textId="34EE85BD" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00253715">
+    <w:p w14:paraId="01CCC923" w14:textId="408B0504" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00253715">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2190"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1277">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>AUTORZY INICJATYWY</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5EB46678" w14:textId="07A6BEE9" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+        <w:lastRenderedPageBreak/>
+        <w:t>HARMONOGRAM DZIAŁAŃ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284CF146" w14:textId="42171C76" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00CF5A7B" w:rsidP="00957E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2190"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidR="00113244" w:rsidRPr="002F1277">
-[...21 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ogłoszenie naboru wniosków</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C7A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4304D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14. 03</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="49CBE2AF" w14:textId="77777777" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:r w:rsidR="00D4304D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0028611E" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD0CEB1" w14:textId="5ACA7585" w:rsidR="00DD41F3" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2190"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="2DC42C4A" w14:textId="5E753DCC" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Składanie wniosków</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C7A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4304D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>08. 04</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4304D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B867C9" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0028611E" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r. </w:t>
+      </w:r>
+      <w:r w:rsidR="00546C7A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w godzinach pracy biblioteki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2154DB54" w14:textId="1B531A12" w:rsidR="00D4304D" w:rsidRPr="002F1277" w:rsidRDefault="00D4304D" w:rsidP="00957E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2190"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F1277">
-[...14 lines deleted...]
-    <w:p w14:paraId="59E3EF1E" w14:textId="234EAEC8" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00957E25">
+      <w:r w:rsidRPr="00D4304D">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Ocena formalna wniosków i wybór inicjatyw:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. 04. – 17. 04. 2025 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480D5AFC" w14:textId="42706AE8" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00D4304D" w:rsidP="00957E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2190"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F1277">
-[...222 lines deleted...]
-          <w14:ligatures w14:val="none"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C7A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Podanie do publicznej wiadomości wyników naboru inicjatyw: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="004E445E" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="24D2535E" w14:textId="1A7DCD8D" w:rsidR="00957E25" w:rsidRPr="002F1277" w:rsidRDefault="00113244" w:rsidP="00813D71">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E445E" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>04</w:t>
+      </w:r>
+      <w:r w:rsidR="00B867C9" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B867C9" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C7A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="561D886A" w14:textId="4C1A8E24" w:rsidR="00546C7A" w:rsidRPr="002F1277" w:rsidRDefault="00D4304D" w:rsidP="00957E25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2190"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F1277">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C7A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Spotkanie organizacyjne z wnioskodawcami wygranych inicjatyw: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4304D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
-[...7 lines deleted...]
-    <w:p w14:paraId="33623BA1" w14:textId="236472D8" w:rsidR="00DD41F3" w:rsidRPr="002F1277" w:rsidRDefault="00DD41F3" w:rsidP="00253715">
+      <w:r w:rsidR="00B867C9" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B867C9" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>04.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B867C9" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00546C7A" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423A3085" w14:textId="7927ED88" w:rsidR="00A65589" w:rsidRPr="00813D71" w:rsidRDefault="00D4304D" w:rsidP="00813D71">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2190"/>
         </w:tabs>
-        <w:spacing w:before="480" w:after="480"/>
-[...543 lines deleted...]
-        <w:t xml:space="preserve">1. </w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ogłoszenie naboru wniosków</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00546C7A" w:rsidRPr="002F1277">
+        <w:t>. Realizacja wybranych inicjatyw</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5A7B" w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D4304D">
-[...6 lines deleted...]
-        <w:t>14. 03</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28. </w:t>
       </w:r>
       <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D4304D">
+        <w:t>04</w:t>
+      </w:r>
+      <w:r w:rsidR="008C660F" w:rsidRPr="002F1277">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. –</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4891" w:rsidRPr="002F1277">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...434 lines deleted...]
-        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00B867C9" w:rsidRPr="002F1277">
-[...16 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="0002279B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.10</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00546C7A" w:rsidRPr="002F1277">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DD41F3" w:rsidRPr="002F1277">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00B867C9" w:rsidRPr="002F1277">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3602,51 +3592,51 @@
         <w:t>listy rankingowej.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C0BB33" w14:textId="560966E0" w:rsidR="0028611E" w:rsidRPr="002F1277" w:rsidRDefault="0028611E" w:rsidP="00957E25">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8. Inicjatywy wybrane do realizacji zostaną wyłonione i opublikowane na stronie Biblioteki</w:t>
       </w:r>
       <w:r w:rsidR="0089732D" w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="004F7175">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>mbp.trzebinia.pl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00424BF3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00424BF3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>22</w:t>
@@ -5248,51 +5238,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8:00</w:t>
       </w:r>
       <w:r w:rsidR="0028611E" w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-15</w:t>
       </w:r>
       <w:r w:rsidR="003E6C6A" w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="0028611E" w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">00; e-mail: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="009629FB" w:rsidRPr="002F1277">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>promocja@mbp.trzebinia.pl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003E6C6A" w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0028611E" w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lub w siedzibie </w:t>
       </w:r>
       <w:r w:rsidR="009629FB" w:rsidRPr="002F1277">
@@ -5300,126 +5290,127 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBP w Trzebini – ul. Ochronkowa 7</w:t>
       </w:r>
       <w:r w:rsidR="000454C8" w:rsidRPr="002F1277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0028611E" w:rsidRPr="002F1277" w:rsidSect="00CE7D9D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="426" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2EE1B644" w14:textId="77777777" w:rsidR="005E148C" w:rsidRDefault="005E148C" w:rsidP="00782532">
+    <w:p w14:paraId="7DC9D7E1" w14:textId="77777777" w:rsidR="00DB64C5" w:rsidRDefault="00DB64C5" w:rsidP="00782532">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1725759D" w14:textId="77777777" w:rsidR="005E148C" w:rsidRDefault="005E148C" w:rsidP="00782532">
+    <w:p w14:paraId="182114FA" w14:textId="77777777" w:rsidR="00DB64C5" w:rsidRDefault="00DB64C5" w:rsidP="00782532">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="76036347" w14:textId="77777777" w:rsidR="004D07C7" w:rsidRDefault="004D07C7">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="323F45AF" w14:textId="063C498E" w:rsidR="005E67CD" w:rsidRDefault="004D07C7">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51DE884E" wp14:editId="1DD7FAAC">
           <wp:extent cx="5760720" cy="546735"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="11" name="Obraz 11" title="Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="logo.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -5432,51 +5423,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5760720" cy="546735"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="42B88EE6" w14:textId="0D986501" w:rsidR="005E67CD" w:rsidRDefault="004D07C7">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A677D6E" wp14:editId="3E6B99FC">
           <wp:extent cx="5760720" cy="546735"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="7" name="Obraz 7" title="Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="logo.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -5489,51 +5480,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5760720" cy="546735"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="202B32B0" w14:textId="26D100CF" w:rsidR="00813D71" w:rsidRDefault="004D07C7">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B18CFD4" wp14:editId="11B5766A">
           <wp:extent cx="5760720" cy="546735"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="8" name="Obraz 8" title="Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="logo.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -5546,107 +5537,107 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5760720" cy="546735"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="724BECB9" w14:textId="77777777" w:rsidR="005E148C" w:rsidRDefault="005E148C" w:rsidP="00782532">
+    <w:p w14:paraId="13E570E6" w14:textId="77777777" w:rsidR="00DB64C5" w:rsidRDefault="00DB64C5" w:rsidP="00782532">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F33DCFC" w14:textId="77777777" w:rsidR="005E148C" w:rsidRDefault="005E148C" w:rsidP="00782532">
+    <w:p w14:paraId="1158B1B3" w14:textId="77777777" w:rsidR="00DB64C5" w:rsidRDefault="00DB64C5" w:rsidP="00782532">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="4B0DD1EB" w14:textId="77777777" w:rsidR="004D07C7" w:rsidRDefault="004D07C7">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="2DBE8030" w14:textId="77777777" w:rsidR="004D07C7" w:rsidRDefault="004D07C7">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="7A0310E5" w14:textId="77777777" w:rsidR="004D07C7" w:rsidRDefault="004D07C7">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CEE6422"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="448C2E7A"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5699,75 +5690,77 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD41F3"/>
+    <w:rsid w:val="0002279B"/>
     <w:rsid w:val="00037771"/>
     <w:rsid w:val="000454C8"/>
     <w:rsid w:val="0008754E"/>
     <w:rsid w:val="000963E0"/>
     <w:rsid w:val="000A1992"/>
     <w:rsid w:val="000A41E0"/>
     <w:rsid w:val="000A5330"/>
     <w:rsid w:val="000C5903"/>
     <w:rsid w:val="00113244"/>
     <w:rsid w:val="00114FD1"/>
     <w:rsid w:val="001154AF"/>
     <w:rsid w:val="001163AC"/>
     <w:rsid w:val="00117F0D"/>
     <w:rsid w:val="001210CE"/>
     <w:rsid w:val="00131142"/>
     <w:rsid w:val="00140819"/>
     <w:rsid w:val="00151FD9"/>
     <w:rsid w:val="001859E1"/>
     <w:rsid w:val="001A77BE"/>
     <w:rsid w:val="001A785A"/>
     <w:rsid w:val="001E137E"/>
     <w:rsid w:val="00201CAD"/>
     <w:rsid w:val="00203E10"/>
     <w:rsid w:val="0021350D"/>
     <w:rsid w:val="00213EAA"/>
@@ -5870,645 +5863,488 @@
     <w:rsid w:val="00BE098F"/>
     <w:rsid w:val="00BE4CD6"/>
     <w:rsid w:val="00C23958"/>
     <w:rsid w:val="00C3193F"/>
     <w:rsid w:val="00C36AE8"/>
     <w:rsid w:val="00C44CB6"/>
     <w:rsid w:val="00C61033"/>
     <w:rsid w:val="00CA171F"/>
     <w:rsid w:val="00CB7574"/>
     <w:rsid w:val="00CD1C89"/>
     <w:rsid w:val="00CD5702"/>
     <w:rsid w:val="00CE2A19"/>
     <w:rsid w:val="00CE2F65"/>
     <w:rsid w:val="00CE7D9D"/>
     <w:rsid w:val="00CE7F44"/>
     <w:rsid w:val="00CF5A7B"/>
     <w:rsid w:val="00D002AA"/>
     <w:rsid w:val="00D072D7"/>
     <w:rsid w:val="00D16650"/>
     <w:rsid w:val="00D4304D"/>
     <w:rsid w:val="00D568C0"/>
     <w:rsid w:val="00D660CB"/>
     <w:rsid w:val="00D71C51"/>
     <w:rsid w:val="00D869E2"/>
     <w:rsid w:val="00DB1671"/>
+    <w:rsid w:val="00DB64C5"/>
     <w:rsid w:val="00DD41F3"/>
     <w:rsid w:val="00DE339F"/>
     <w:rsid w:val="00E12961"/>
     <w:rsid w:val="00E22DF1"/>
+    <w:rsid w:val="00E3427B"/>
     <w:rsid w:val="00E80EDA"/>
     <w:rsid w:val="00E83F1C"/>
     <w:rsid w:val="00E86CB9"/>
     <w:rsid w:val="00E96463"/>
     <w:rsid w:val="00EC7761"/>
     <w:rsid w:val="00EC7F03"/>
+    <w:rsid w:val="00ED7076"/>
     <w:rsid w:val="00EE2351"/>
     <w:rsid w:val="00EE65B6"/>
     <w:rsid w:val="00F44424"/>
     <w:rsid w:val="00FF597C"/>
     <w:rsid w:val="00FF5F05"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="77C2D7D6"/>
+  <w15:docId w15:val="{A09B8143-2420-4C58-A312-89C189B7BD54}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...531 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -6704,51 +6540,51 @@
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00782532"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bezodstpw">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="002D4275"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Numerwiersza">
     <w:name w:val="line number"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE098F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="513150318">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="647326994">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6766,51 +6602,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2007974913">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mbp.trzebinia.pl/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:promocja@mbp.trzebinia.pl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:promocja@mbp.trzebinia.pl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mbp.trzebinia.pl/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -7070,77 +6906,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76EEA91C-D31D-463D-99CA-9E934B34CD78}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1BDCBAB-0620-42E6-9537-64433A2C61F2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>7</Pages>
   <Words>1572</Words>
   <Characters>9433</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>78</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>10984</CharactersWithSpaces>